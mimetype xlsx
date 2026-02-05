--- v0 (2025-10-02)
+++ v1 (2026-02-05)
@@ -12,65 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Jumlah DPRD Menurut Komisi dan Jenis Kelamin di Kabupaten Tebo</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>KOMISI</t>
   </si>
   <si>
     <t>Tahun 2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tahun 2023</t>
   </si>
   <si>
     <t>Jumlah</t>
   </si>
   <si>
     <t>Laki-Laki</t>
   </si>
   <si>
     <t>Perempuan</t>
   </si>
   <si>
     <t>Laki-Laki + Perempuan</t>
   </si>
   <si>
     <t>Komisi I</t>
   </si>
   <si>
     <t>Komisi II</t>
   </si>
   <si>
     <t>Komisi III</t>
   </si>
   <si>
     <t>Komisi IV</t>
   </si>
@@ -421,252 +418,194 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I9"/>
+  <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I9" sqref="I9"/>
+      <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:9">
+    <row r="3" spans="1:6">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="F3" t="s">
         <v>4</v>
       </c>
-      <c r="I3" t="s">
+    </row>
+    <row r="4" spans="1:6">
+      <c r="C4" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>6</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>7</v>
       </c>
-      <c r="E4" t="s">
-[...12 lines deleted...]
-    <row r="5" spans="1:9">
+    </row>
+    <row r="5" spans="1:6">
       <c r="A5">
         <v>1</v>
       </c>
       <c r="B5" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C5">
         <v>8</v>
       </c>
       <c r="D5">
         <v>2</v>
       </c>
       <c r="E5">
         <v>10</v>
       </c>
-      <c r="F5">
-[...5 lines deleted...]
-      <c r="H5">
+      <c r="F5" s="2">
         <v>10</v>
       </c>
-      <c r="I5" s="2">
-[...3 lines deleted...]
-    <row r="6" spans="1:9">
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6">
         <v>2</v>
       </c>
       <c r="B6" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C6">
         <v>10</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6">
         <v>10</v>
       </c>
-      <c r="F6">
-[...12 lines deleted...]
-    <row r="7" spans="1:9">
+      <c r="F6" s="2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
       <c r="A7">
         <v>3</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C7">
         <v>11</v>
       </c>
       <c r="D7">
         <v>1</v>
       </c>
       <c r="E7">
         <v>12</v>
       </c>
-      <c r="F7">
-[...12 lines deleted...]
-    <row r="8" spans="1:9">
+      <c r="F7" s="2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
       <c r="A8">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C8">
         <v>0</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
-      <c r="F8">
-[...12 lines deleted...]
-    <row r="9" spans="1:9">
+      <c r="F8" s="2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
       <c r="A9">
         <v>5</v>
       </c>
       <c r="B9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
-      <c r="F9">
-[...8 lines deleted...]
-      <c r="I9" s="2">
+      <c r="F9" s="2">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:E3"/>
-    <mergeCell ref="F3:H3"/>
-    <mergeCell ref="I3:I4"/>
+    <mergeCell ref="F3:F4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>